--- v0 (2025-10-08)
+++ v1 (2026-01-27)
@@ -392,55 +392,55 @@
       </w:r>
       <w:r w:rsidRPr="007E5B9A">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>im.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">__________________, į Jūsų vadovaujamos </w:t>
       </w:r>
       <w:r w:rsidR="009157E5">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>gimnazijos trečią klasę nuo 20</w:t>
       </w:r>
       <w:r w:rsidR="007465DD">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001A4988">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="006346C0">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. rugsėjo 1 d.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C0C43" w:rsidRDefault="006C0C43" w:rsidP="006C0C43">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(data)</w:t>
@@ -862,50 +862,51 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C0C43"/>
     <w:rsid w:val="001039AD"/>
     <w:rsid w:val="001A4988"/>
     <w:rsid w:val="003917C8"/>
     <w:rsid w:val="00556D70"/>
     <w:rsid w:val="00597646"/>
     <w:rsid w:val="00601F28"/>
+    <w:rsid w:val="006346C0"/>
     <w:rsid w:val="006C0C43"/>
     <w:rsid w:val="006D1811"/>
     <w:rsid w:val="007465DD"/>
     <w:rsid w:val="007C3A40"/>
     <w:rsid w:val="009157E5"/>
     <w:rsid w:val="00A803A8"/>
     <w:rsid w:val="00B520CC"/>
     <w:rsid w:val="00B73CEA"/>
     <w:rsid w:val="00B92384"/>
     <w:rsid w:val="00C315E7"/>
     <w:rsid w:val="00D32320"/>
     <w:rsid w:val="00DA3576"/>
     <w:rsid w:val="00E2333B"/>
     <w:rsid w:val="00E80491"/>
     <w:rsid w:val="00FD2A4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>