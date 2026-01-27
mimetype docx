--- v0 (2025-10-08)
+++ v1 (2026-01-27)
@@ -404,55 +404,55 @@
       </w:r>
       <w:r w:rsidR="001931D9">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> gimnazijos </w:t>
       </w:r>
       <w:r w:rsidR="0044248D">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>antrą</w:t>
       </w:r>
       <w:r w:rsidR="001931D9">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> klasę nuo 20</w:t>
       </w:r>
       <w:r w:rsidR="005D41C9">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006D13C4">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00C47728">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. rugsėjo 1 d.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003742E3" w:rsidRDefault="003742E3" w:rsidP="003742E3">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(data)</w:t>
@@ -985,50 +985,51 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003742E3"/>
     <w:rsid w:val="00105924"/>
     <w:rsid w:val="001544F0"/>
     <w:rsid w:val="001931D9"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0030631A"/>
     <w:rsid w:val="003742E3"/>
     <w:rsid w:val="003C74EF"/>
     <w:rsid w:val="0042110E"/>
     <w:rsid w:val="0044248D"/>
     <w:rsid w:val="004A4C2F"/>
     <w:rsid w:val="00536C66"/>
     <w:rsid w:val="00554731"/>
     <w:rsid w:val="005D41C9"/>
     <w:rsid w:val="00627448"/>
     <w:rsid w:val="006A37FD"/>
     <w:rsid w:val="006D13C4"/>
     <w:rsid w:val="008753E4"/>
     <w:rsid w:val="00A55D1B"/>
     <w:rsid w:val="00A712E7"/>
     <w:rsid w:val="00B73CEA"/>
+    <w:rsid w:val="00C47728"/>
     <w:rsid w:val="00CD356F"/>
     <w:rsid w:val="00D36A14"/>
     <w:rsid w:val="00F34DCC"/>
     <w:rsid w:val="00F723C3"/>
     <w:rsid w:val="00F86F6A"/>
     <w:rsid w:val="00FB1876"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">