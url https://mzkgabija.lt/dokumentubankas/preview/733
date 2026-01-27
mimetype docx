--- v0 (2025-10-08)
+++ v1 (2026-01-27)
@@ -11,51 +11,51 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="003742E3" w:rsidRDefault="003742E3" w:rsidP="003742E3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>________________________________________________________</w:t>
+        <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003742E3" w:rsidRDefault="003742E3" w:rsidP="003742E3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(Tėvų</w:t>
       </w:r>
       <w:r w:rsidR="00894AB9">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> (globėjų)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
@@ -398,55 +398,55 @@
       </w:r>
       <w:r w:rsidRPr="007E5B9A">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>im.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>__________________, į Jūsų vadovaujamos</w:t>
       </w:r>
       <w:r w:rsidR="001931D9">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> gimnazijos pirmą klasę nuo 20</w:t>
       </w:r>
       <w:r w:rsidR="00894AB9">
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009D3EA5">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="0008004E">
+        <w:rPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. rugsėjo 1 d.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003742E3" w:rsidRDefault="003742E3" w:rsidP="003742E3">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>(data)</w:t>
@@ -937,50 +937,51 @@
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003742E3"/>
     <w:rsid w:val="00012A9C"/>
     <w:rsid w:val="00013522"/>
+    <w:rsid w:val="0008004E"/>
     <w:rsid w:val="00130954"/>
     <w:rsid w:val="00183CD4"/>
     <w:rsid w:val="001931D9"/>
     <w:rsid w:val="00196F40"/>
     <w:rsid w:val="001C7A37"/>
     <w:rsid w:val="003742E3"/>
     <w:rsid w:val="003C74EF"/>
     <w:rsid w:val="00426B5C"/>
     <w:rsid w:val="004A4C2F"/>
     <w:rsid w:val="004B2474"/>
     <w:rsid w:val="004C3603"/>
     <w:rsid w:val="00554731"/>
     <w:rsid w:val="006A78FF"/>
     <w:rsid w:val="006D1865"/>
     <w:rsid w:val="00894AB9"/>
     <w:rsid w:val="009D3EA5"/>
     <w:rsid w:val="00A55D1B"/>
     <w:rsid w:val="00B73CEA"/>
     <w:rsid w:val="00C572B5"/>
     <w:rsid w:val="00CD356F"/>
     <w:rsid w:val="00D02781"/>
     <w:rsid w:val="00D36A14"/>
     <w:rsid w:val="00EC0069"/>
     <w:rsid w:val="00F723C3"/>
   </w:rsids>
@@ -1704,65 +1705,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>703</Words>
-  <Characters>402</Characters>
+  <Characters>401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1103</CharactersWithSpaces>
+  <CharactersWithSpaces>1102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pav</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>